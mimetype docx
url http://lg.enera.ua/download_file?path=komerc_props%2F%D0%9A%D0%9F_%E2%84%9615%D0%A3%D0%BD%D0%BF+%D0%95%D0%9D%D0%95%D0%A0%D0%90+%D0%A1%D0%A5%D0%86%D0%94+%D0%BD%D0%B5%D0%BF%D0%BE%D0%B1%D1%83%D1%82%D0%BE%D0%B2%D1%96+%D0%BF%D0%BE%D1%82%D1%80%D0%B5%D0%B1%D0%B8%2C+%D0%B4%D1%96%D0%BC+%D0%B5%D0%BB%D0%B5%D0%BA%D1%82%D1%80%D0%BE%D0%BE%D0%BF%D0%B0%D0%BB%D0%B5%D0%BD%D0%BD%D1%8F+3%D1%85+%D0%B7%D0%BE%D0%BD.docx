--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -2420,274 +2420,358 @@
           <w:p w:rsidR="000A279B" w:rsidRPr="00F412D2" w:rsidRDefault="000A279B" w:rsidP="000A279B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F412D2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>постачання електричної енергії здійснюється за регульованими цінами (тарифами) на електроенергію, що визначаються відповідно до методики (порядку), затвердженої Регулятором, та  включають, в тому числі, витрати на розподіл електричної енергії.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D33053" w:rsidRPr="00D33053" w:rsidRDefault="00D33053" w:rsidP="00374BE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00D76D5D" w:rsidRPr="00D76D5D" w:rsidRDefault="00026170" w:rsidP="00D76D5D">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00026170" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ціна </w:t>
             </w:r>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> електроустановки яких приєднані до мереж ТОВ "ЛУГАНСЬКЕ ЕНЕРГЕТИЧНЕ ОБ’ЄДНАННЯ" </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D33053">
+              <w:t xml:space="preserve"> електроустановки яких приєднані до мереж ТОВ "ЛУГАНСЬКЕ </w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CEF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на березень 2026 року</w:t>
+            </w:r>
+            <w:r w:rsidR="00A81CEF">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> становить: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І клас –13,11658грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ІІ клас -14,70082 грн/кВт*год (без ПДВ). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ціна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> електроустановки, яких приєднані до мереж                                         АТ "Укрзалізниця" </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>згідно з класом напруги</w:t>
             </w:r>
-            <w:r w:rsidR="00BC2AA3" w:rsidRPr="00BC2AA3">
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, на березень 2026 року </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>становить:</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D76D5D" w:rsidRPr="00D76D5D">
-[...54 lines deleted...]
-          <w:p w:rsidR="00D76D5D" w:rsidRPr="00D76D5D" w:rsidRDefault="00D76D5D" w:rsidP="00D76D5D">
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І клас – 13,09483 грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ІІ клас – 14,58109 грн/кВт*год (без ПДВ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ціна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> електроустановки, яких приєднані до мереж ДП "РЕМ" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>згідно з класом напруги,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на березень 2026 року становить: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">І клас – 12,78992 грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002E0EC0" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ІІ клас – 13,03101 грн/кВт*год (без ПДВ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A81CEF" w:rsidRDefault="00A81CEF" w:rsidP="00A81CEF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00D76D5D">
-[...109 lines deleted...]
-          <w:p w:rsidR="00374BE3" w:rsidRPr="00D33053" w:rsidRDefault="00374BE3" w:rsidP="00026170">
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00D33053" w:rsidRDefault="00374BE3" w:rsidP="008D6FDD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Додаткова інформація щодо розмірів та порядку застосування тарифів розміщуються на офіційних сайтах відповідних органів державної влади, а також на офіційному сайті Постачальника: http://cn.enera.ua/ </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00374BE3" w:rsidRPr="00D33053" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
@@ -3758,80 +3842,80 @@
     </w:tbl>
     <w:p w:rsidR="00986A9C" w:rsidRPr="004B0214" w:rsidRDefault="00986A9C" w:rsidP="00986A9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00986A9C" w:rsidRPr="004B0214" w:rsidRDefault="00986A9C" w:rsidP="00986A9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C820D0" w:rsidRDefault="00C820D0" w:rsidP="00C820D0">
       <w:r>
         <w:t>Постачальник:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C820D0" w:rsidRPr="00E249B8" w:rsidRDefault="00C820D0" w:rsidP="00C820D0">
       <w:r>
         <w:t>ТОВ «ЕНЕРА СХІД»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidRDefault="0016796C" w:rsidP="004B0214"/>
+    <w:p w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidRDefault="00707391" w:rsidP="004B0214"/>
     <w:sectPr w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidSect="005E62D6">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="560" w:bottom="709" w:left="1418" w:header="0" w:footer="6" w:gutter="0"/>
       <w:cols w:space="999"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0016796C" w:rsidRDefault="0016796C" w:rsidP="004D7113">
+    <w:p w:rsidR="00707391" w:rsidRDefault="00707391" w:rsidP="004D7113">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0016796C" w:rsidRDefault="0016796C" w:rsidP="004D7113">
+    <w:p w:rsidR="00707391" w:rsidRDefault="00707391" w:rsidP="004D7113">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -3891,58 +3975,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0016796C" w:rsidRDefault="0016796C" w:rsidP="004D7113">
+    <w:p w:rsidR="00707391" w:rsidRDefault="00707391" w:rsidP="004D7113">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0016796C" w:rsidRDefault="0016796C" w:rsidP="004D7113">
+    <w:p w:rsidR="00707391" w:rsidRDefault="00707391" w:rsidP="004D7113">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="004D7113" w:rsidRPr="004D7113" w:rsidRDefault="00F84DF0" w:rsidP="005E62D6">
     <w:pPr>
       <w:pStyle w:val="1"/>
       <w:ind w:left="3544" w:hanging="4537"/>
       <w:rPr>
@@ -4848,50 +4932,51 @@
     <w:rsid w:val="0011722D"/>
     <w:rsid w:val="001265D2"/>
     <w:rsid w:val="00137B1E"/>
     <w:rsid w:val="00141AAF"/>
     <w:rsid w:val="00154C0A"/>
     <w:rsid w:val="00162CFF"/>
     <w:rsid w:val="00163417"/>
     <w:rsid w:val="00163C07"/>
     <w:rsid w:val="0016796C"/>
     <w:rsid w:val="001830CA"/>
     <w:rsid w:val="00197A84"/>
     <w:rsid w:val="001B2FAD"/>
     <w:rsid w:val="001B4168"/>
     <w:rsid w:val="001F238E"/>
     <w:rsid w:val="00210133"/>
     <w:rsid w:val="002107E2"/>
     <w:rsid w:val="00223A57"/>
     <w:rsid w:val="0022650A"/>
     <w:rsid w:val="00235EC9"/>
     <w:rsid w:val="002450F5"/>
     <w:rsid w:val="0026402D"/>
     <w:rsid w:val="00272256"/>
     <w:rsid w:val="00273936"/>
     <w:rsid w:val="002A46D4"/>
     <w:rsid w:val="002A7B16"/>
+    <w:rsid w:val="002E0EC0"/>
     <w:rsid w:val="002F2F34"/>
     <w:rsid w:val="00302667"/>
     <w:rsid w:val="00327422"/>
     <w:rsid w:val="00331537"/>
     <w:rsid w:val="003437B5"/>
     <w:rsid w:val="003673BA"/>
     <w:rsid w:val="00367C6B"/>
     <w:rsid w:val="00374BE3"/>
     <w:rsid w:val="00376C2D"/>
     <w:rsid w:val="00382C1A"/>
     <w:rsid w:val="003963D0"/>
     <w:rsid w:val="003A23C3"/>
     <w:rsid w:val="003B6FBD"/>
     <w:rsid w:val="003C52E5"/>
     <w:rsid w:val="003C7171"/>
     <w:rsid w:val="003D57B9"/>
     <w:rsid w:val="003D6BE6"/>
     <w:rsid w:val="003E3951"/>
     <w:rsid w:val="003E45D0"/>
     <w:rsid w:val="004153C3"/>
     <w:rsid w:val="004256EA"/>
     <w:rsid w:val="00437E7B"/>
     <w:rsid w:val="00463864"/>
     <w:rsid w:val="00463FB4"/>
     <w:rsid w:val="004966A3"/>
@@ -4911,130 +4996,137 @@
     <w:rsid w:val="00584332"/>
     <w:rsid w:val="00595871"/>
     <w:rsid w:val="005A162D"/>
     <w:rsid w:val="005B61EA"/>
     <w:rsid w:val="005B74FD"/>
     <w:rsid w:val="005C0C2A"/>
     <w:rsid w:val="005D5D83"/>
     <w:rsid w:val="005D726B"/>
     <w:rsid w:val="005E5F3D"/>
     <w:rsid w:val="005E62D6"/>
     <w:rsid w:val="005F455D"/>
     <w:rsid w:val="00605D00"/>
     <w:rsid w:val="00605E9F"/>
     <w:rsid w:val="00611E0F"/>
     <w:rsid w:val="00615207"/>
     <w:rsid w:val="0062253C"/>
     <w:rsid w:val="0064713A"/>
     <w:rsid w:val="00654062"/>
     <w:rsid w:val="0067721B"/>
     <w:rsid w:val="0068637E"/>
     <w:rsid w:val="0069685B"/>
     <w:rsid w:val="006B2151"/>
     <w:rsid w:val="006B4A45"/>
     <w:rsid w:val="006D668A"/>
     <w:rsid w:val="0070425C"/>
+    <w:rsid w:val="00707391"/>
     <w:rsid w:val="0072138A"/>
     <w:rsid w:val="0072146E"/>
     <w:rsid w:val="0074641C"/>
     <w:rsid w:val="007964D1"/>
     <w:rsid w:val="007A0B39"/>
     <w:rsid w:val="007C3640"/>
     <w:rsid w:val="007F3508"/>
     <w:rsid w:val="007F4D6E"/>
     <w:rsid w:val="00871941"/>
     <w:rsid w:val="0089775E"/>
+    <w:rsid w:val="008B2E17"/>
+    <w:rsid w:val="008D6FDD"/>
     <w:rsid w:val="008E1609"/>
     <w:rsid w:val="008E58A2"/>
     <w:rsid w:val="008F11BB"/>
     <w:rsid w:val="00911C2B"/>
     <w:rsid w:val="009155F3"/>
     <w:rsid w:val="00922574"/>
+    <w:rsid w:val="00923205"/>
     <w:rsid w:val="00924204"/>
     <w:rsid w:val="00932A9A"/>
     <w:rsid w:val="009548B9"/>
     <w:rsid w:val="00955ABC"/>
     <w:rsid w:val="009636A1"/>
     <w:rsid w:val="00965DC9"/>
     <w:rsid w:val="00972EF7"/>
     <w:rsid w:val="00986844"/>
     <w:rsid w:val="00986A9C"/>
     <w:rsid w:val="009921EF"/>
+    <w:rsid w:val="009A36C1"/>
     <w:rsid w:val="009A672C"/>
     <w:rsid w:val="009A6EEB"/>
     <w:rsid w:val="009C7FE9"/>
     <w:rsid w:val="009E4F9B"/>
     <w:rsid w:val="009F2DD6"/>
     <w:rsid w:val="009F6B48"/>
     <w:rsid w:val="00A1364A"/>
     <w:rsid w:val="00A4565F"/>
     <w:rsid w:val="00A52D0C"/>
     <w:rsid w:val="00A61D9D"/>
     <w:rsid w:val="00A76A7F"/>
+    <w:rsid w:val="00A81CEF"/>
     <w:rsid w:val="00A904D6"/>
     <w:rsid w:val="00A91963"/>
     <w:rsid w:val="00AA15DB"/>
     <w:rsid w:val="00AB2782"/>
     <w:rsid w:val="00AD12B0"/>
     <w:rsid w:val="00AD6BCA"/>
     <w:rsid w:val="00AF09A6"/>
     <w:rsid w:val="00B16CA4"/>
     <w:rsid w:val="00B21C32"/>
     <w:rsid w:val="00B248BF"/>
     <w:rsid w:val="00B41CD1"/>
     <w:rsid w:val="00B70E68"/>
     <w:rsid w:val="00B87CB0"/>
     <w:rsid w:val="00BA2AFE"/>
     <w:rsid w:val="00BA5CF3"/>
     <w:rsid w:val="00BC2AA3"/>
     <w:rsid w:val="00BD0E72"/>
     <w:rsid w:val="00BF3486"/>
     <w:rsid w:val="00C20933"/>
     <w:rsid w:val="00C4234E"/>
     <w:rsid w:val="00C43E96"/>
     <w:rsid w:val="00C50CA3"/>
     <w:rsid w:val="00C70AEC"/>
     <w:rsid w:val="00C820D0"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00CB164B"/>
     <w:rsid w:val="00CB434B"/>
     <w:rsid w:val="00CC182A"/>
     <w:rsid w:val="00CD5C9F"/>
     <w:rsid w:val="00D17D4A"/>
     <w:rsid w:val="00D33053"/>
     <w:rsid w:val="00D527F1"/>
     <w:rsid w:val="00D55E78"/>
     <w:rsid w:val="00D76D5D"/>
     <w:rsid w:val="00D942E7"/>
     <w:rsid w:val="00DA0391"/>
     <w:rsid w:val="00DD3892"/>
     <w:rsid w:val="00DD5A24"/>
     <w:rsid w:val="00DE5E7C"/>
     <w:rsid w:val="00DE6448"/>
     <w:rsid w:val="00E12C13"/>
     <w:rsid w:val="00E35DD4"/>
     <w:rsid w:val="00E37BC9"/>
+    <w:rsid w:val="00E45C72"/>
     <w:rsid w:val="00E511AA"/>
     <w:rsid w:val="00E627AD"/>
     <w:rsid w:val="00E644E3"/>
     <w:rsid w:val="00E76B4F"/>
     <w:rsid w:val="00E862A3"/>
     <w:rsid w:val="00E9580E"/>
     <w:rsid w:val="00EB25FC"/>
     <w:rsid w:val="00EB4A11"/>
     <w:rsid w:val="00ED2931"/>
     <w:rsid w:val="00F06E55"/>
     <w:rsid w:val="00F1042A"/>
     <w:rsid w:val="00F11D39"/>
     <w:rsid w:val="00F13BF8"/>
     <w:rsid w:val="00F40CD7"/>
     <w:rsid w:val="00F502F6"/>
     <w:rsid w:val="00F53040"/>
     <w:rsid w:val="00F54EAE"/>
     <w:rsid w:val="00F74DD4"/>
     <w:rsid w:val="00F84DF0"/>
     <w:rsid w:val="00FB283C"/>
     <w:rsid w:val="00FE623C"/>
     <w:rsid w:val="00FE694C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -5471,50 +5563,51 @@
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00047AE9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTML">
     <w:name w:val="HTML Preformatted"/>
@@ -5875,50 +5968,63 @@
         <w:div w:id="2027824429">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1330908905">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="759639053">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1918662036">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1108740173">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -6352,85 +6458,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{778F2CDA-2298-4694-8A46-FAE5FBC0C092}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF9EA8CF-6457-4E5F-A5F6-882E27232F2F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1499</Words>
-  <Characters>8546</Characters>
+  <Words>1493</Words>
+  <Characters>8512</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ООО "Луганское энергетическое объединение"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10025</CharactersWithSpaces>
+  <CharactersWithSpaces>9986</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Показания</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>