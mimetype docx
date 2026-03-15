--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -861,561 +861,577 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D33053">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>згідно з класом напруги</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">на </w:t>
             </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>березень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="0044108D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> року</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> становить: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="009F0D08" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>І клас –</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+            <w:r w:rsidR="0027117D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>11658</w:t>
+            </w:r>
+            <w:r w:rsidR="00374BE3" w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ІІ клас -</w:t>
+            </w:r>
             <w:r w:rsidR="00C345C4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>грудень</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2F7A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>70082</w:t>
+            </w:r>
+            <w:r w:rsidR="007A2F7A">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2025 року</w:t>
-            </w:r>
+              <w:t xml:space="preserve">грн/кВт*год (без ПДВ). </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...13 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ціна </w:t>
+            </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
-                <w:b/>
-[...13 lines deleted...]
-            <w:r w:rsidR="0027117D">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> електроустановки, яких приєднані до мереж </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АТ "Укрзалізниця" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>згідно з класом напруги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, на </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>березень</w:t>
+            </w:r>
+            <w:r w:rsidR="00200214">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> року </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>становить:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="00E11B08" w:rsidP="003A23C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>І клас – 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006116C4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="00C345C4">
-[...16 lines deleted...]
-          <w:p w:rsidR="00374BE3" w:rsidRPr="00CC49B2" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>09483</w:t>
+            </w:r>
+            <w:r w:rsidR="003A23C3" w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грн/кВт*год (без ПДВ), </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="00C4042A" w:rsidP="003A23C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ІІ клас – </w:t>
+            </w:r>
+            <w:r w:rsidR="00B129F9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4,58109</w:t>
+            </w:r>
+            <w:r w:rsidR="003A23C3" w:rsidRPr="00CC49B2">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> грн/кВт*год (без ПДВ).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="003A23C3" w:rsidP="00374BE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="003A23C3" w:rsidP="003A23C3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ІІ клас -</w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Ціна </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
-                <w:b/>
-[...32 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
+            </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ціна </w:t>
+              <w:t xml:space="preserve"> електроустановки, яких приєднані до мереж ДП "РЕМ" </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>на універсальні послуги для малих непобутових споживачів,</w:t>
+              <w:t>згідно з класом напруги,</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> електроустановки, яких приєднані до мереж </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">                                        </w:t>
+              <w:t xml:space="preserve"> на </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>березень</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">АТ "Укрзалізниця" </w:t>
+              <w:t xml:space="preserve"> 202</w:t>
+            </w:r>
+            <w:r w:rsidR="003F5DBE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> року становить: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="003A23C3" w:rsidP="003A23C3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, на </w:t>
-[...7 lines deleted...]
-              <w:t>грудень</w:t>
+              <w:t xml:space="preserve">І клас – </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>12,78992</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2025 року </w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> грн/кВт*год (без ПДВ), </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="00C4042A" w:rsidP="003A23C3">
+          <w:p w:rsidR="003A23C3" w:rsidRPr="00CC49B2" w:rsidRDefault="00470F20" w:rsidP="003A23C3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ІІ клас – </w:t>
             </w:r>
-            <w:r w:rsidR="00C345C4">
-[...95 lines deleted...]
-              <w:t>грудень</w:t>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>13,</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00CC49B2">
-[...97 lines deleted...]
-              <w:t>83945</w:t>
+            <w:r w:rsidR="00ED7D49">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>03101</w:t>
             </w:r>
             <w:r w:rsidR="003A23C3" w:rsidRPr="00CC49B2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> грн/кВт*год (без ПДВ).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C3640" w:rsidRPr="00CC49B2" w:rsidRDefault="007C3640" w:rsidP="00374BE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00374BE3" w:rsidRPr="00D33053" w:rsidRDefault="00374BE3" w:rsidP="00374BE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -2499,80 +2515,80 @@
     </w:tbl>
     <w:p w:rsidR="00986A9C" w:rsidRPr="004B0214" w:rsidRDefault="00986A9C" w:rsidP="00986A9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00986A9C" w:rsidRPr="004B0214" w:rsidRDefault="00986A9C" w:rsidP="00986A9C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1695"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C820D0" w:rsidRDefault="00C820D0" w:rsidP="00C820D0">
       <w:r>
         <w:t>Постачальник:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C820D0" w:rsidRPr="00E249B8" w:rsidRDefault="00C820D0" w:rsidP="00C820D0">
       <w:r>
         <w:t>ТОВ «ЕНЕРА СХІД»</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidRDefault="00C877E3" w:rsidP="004B0214"/>
+    <w:p w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidRDefault="002E70F1" w:rsidP="004B0214"/>
     <w:sectPr w:rsidR="0053273E" w:rsidRPr="004B0214" w:rsidSect="005E62D6">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="851" w:right="560" w:bottom="709" w:left="1418" w:header="0" w:footer="6" w:gutter="0"/>
       <w:cols w:space="999"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C877E3" w:rsidRDefault="00C877E3" w:rsidP="004D7113">
+    <w:p w:rsidR="002E70F1" w:rsidRDefault="002E70F1" w:rsidP="004D7113">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C877E3" w:rsidRDefault="00C877E3" w:rsidP="004D7113">
+    <w:p w:rsidR="002E70F1" w:rsidRDefault="002E70F1" w:rsidP="004D7113">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -2639,58 +2655,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C877E3" w:rsidRDefault="00C877E3" w:rsidP="004D7113">
+    <w:p w:rsidR="002E70F1" w:rsidRDefault="002E70F1" w:rsidP="004D7113">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C877E3" w:rsidRDefault="00C877E3" w:rsidP="004D7113">
+    <w:p w:rsidR="002E70F1" w:rsidRDefault="002E70F1" w:rsidP="004D7113">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00A4565F" w:rsidRDefault="00A4565F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="004D7113" w:rsidRPr="004D7113" w:rsidRDefault="00F84DF0" w:rsidP="005E62D6">
     <w:pPr>
       <w:pStyle w:val="1"/>
       <w:ind w:left="3544" w:hanging="4537"/>
       <w:rPr>
@@ -3461,217 +3477,228 @@
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E12C13"/>
     <w:rsid w:val="00047AE9"/>
     <w:rsid w:val="00053755"/>
     <w:rsid w:val="00072F07"/>
     <w:rsid w:val="000C113B"/>
     <w:rsid w:val="000E05EC"/>
     <w:rsid w:val="00111156"/>
     <w:rsid w:val="00116D1B"/>
     <w:rsid w:val="0011722D"/>
     <w:rsid w:val="001265D2"/>
     <w:rsid w:val="00137B1E"/>
     <w:rsid w:val="00141AAF"/>
     <w:rsid w:val="00160EFF"/>
     <w:rsid w:val="00162CFF"/>
     <w:rsid w:val="00163417"/>
     <w:rsid w:val="00163C07"/>
     <w:rsid w:val="00197A84"/>
     <w:rsid w:val="001B4168"/>
     <w:rsid w:val="001F238E"/>
+    <w:rsid w:val="00200214"/>
     <w:rsid w:val="00210133"/>
     <w:rsid w:val="002107E2"/>
     <w:rsid w:val="00213ED7"/>
     <w:rsid w:val="00223A57"/>
     <w:rsid w:val="0022650A"/>
     <w:rsid w:val="0026402D"/>
     <w:rsid w:val="0027117D"/>
     <w:rsid w:val="00272256"/>
     <w:rsid w:val="00273936"/>
     <w:rsid w:val="002A7B16"/>
+    <w:rsid w:val="002E70F1"/>
     <w:rsid w:val="002F2F34"/>
     <w:rsid w:val="00302667"/>
     <w:rsid w:val="00327422"/>
     <w:rsid w:val="003437B5"/>
     <w:rsid w:val="00367C6B"/>
     <w:rsid w:val="00374BE3"/>
     <w:rsid w:val="00376C2D"/>
     <w:rsid w:val="00382C1A"/>
     <w:rsid w:val="00385214"/>
     <w:rsid w:val="0039218F"/>
     <w:rsid w:val="003963D0"/>
     <w:rsid w:val="003A23C3"/>
     <w:rsid w:val="003B6FBD"/>
     <w:rsid w:val="003C52E5"/>
     <w:rsid w:val="003C7171"/>
     <w:rsid w:val="003D57B9"/>
     <w:rsid w:val="003D6BE6"/>
     <w:rsid w:val="003E3951"/>
     <w:rsid w:val="003E45D0"/>
+    <w:rsid w:val="003F5DBE"/>
     <w:rsid w:val="004256EA"/>
     <w:rsid w:val="00437E7B"/>
+    <w:rsid w:val="0044108D"/>
+    <w:rsid w:val="0044537C"/>
     <w:rsid w:val="00463864"/>
     <w:rsid w:val="00463FB4"/>
     <w:rsid w:val="00470F20"/>
     <w:rsid w:val="00496FB1"/>
     <w:rsid w:val="004B0214"/>
     <w:rsid w:val="004B4AEF"/>
     <w:rsid w:val="004C302B"/>
     <w:rsid w:val="004D1619"/>
     <w:rsid w:val="004D629B"/>
     <w:rsid w:val="004D7113"/>
     <w:rsid w:val="004F47AF"/>
     <w:rsid w:val="00502EE0"/>
     <w:rsid w:val="00503F02"/>
     <w:rsid w:val="00506D09"/>
     <w:rsid w:val="0053266F"/>
     <w:rsid w:val="0055169D"/>
     <w:rsid w:val="005662AB"/>
     <w:rsid w:val="005710CB"/>
     <w:rsid w:val="00584332"/>
     <w:rsid w:val="005A162D"/>
     <w:rsid w:val="005B61EA"/>
     <w:rsid w:val="005B74FD"/>
     <w:rsid w:val="005C0C2A"/>
     <w:rsid w:val="005D726B"/>
     <w:rsid w:val="005E5F3D"/>
     <w:rsid w:val="005E62D6"/>
     <w:rsid w:val="005F455D"/>
     <w:rsid w:val="00605D00"/>
     <w:rsid w:val="006116C4"/>
     <w:rsid w:val="00611E0F"/>
     <w:rsid w:val="00612DBC"/>
     <w:rsid w:val="00615207"/>
     <w:rsid w:val="0064713A"/>
     <w:rsid w:val="00654062"/>
     <w:rsid w:val="0068637E"/>
     <w:rsid w:val="0069685B"/>
     <w:rsid w:val="006B2151"/>
     <w:rsid w:val="006D668A"/>
     <w:rsid w:val="0070425C"/>
     <w:rsid w:val="0072138A"/>
     <w:rsid w:val="0072146E"/>
     <w:rsid w:val="0074641C"/>
     <w:rsid w:val="007964D1"/>
     <w:rsid w:val="007A2F7A"/>
     <w:rsid w:val="007B4AA5"/>
     <w:rsid w:val="007C3640"/>
     <w:rsid w:val="007F3508"/>
     <w:rsid w:val="007F4D6E"/>
     <w:rsid w:val="00845651"/>
     <w:rsid w:val="00871941"/>
+    <w:rsid w:val="008C207B"/>
     <w:rsid w:val="008E1609"/>
     <w:rsid w:val="008E58A2"/>
     <w:rsid w:val="008F11BB"/>
     <w:rsid w:val="00911C2B"/>
     <w:rsid w:val="00922574"/>
     <w:rsid w:val="00924204"/>
     <w:rsid w:val="00932A9A"/>
     <w:rsid w:val="009548B9"/>
     <w:rsid w:val="00955ABC"/>
     <w:rsid w:val="009636A1"/>
     <w:rsid w:val="00965DC9"/>
     <w:rsid w:val="00972EF7"/>
     <w:rsid w:val="00985CF4"/>
     <w:rsid w:val="00986844"/>
     <w:rsid w:val="00986A9C"/>
     <w:rsid w:val="009921EF"/>
     <w:rsid w:val="009965E6"/>
     <w:rsid w:val="009A672C"/>
     <w:rsid w:val="009C7FE9"/>
     <w:rsid w:val="009E4F9B"/>
     <w:rsid w:val="009F0D08"/>
     <w:rsid w:val="009F2DD6"/>
     <w:rsid w:val="009F6B48"/>
     <w:rsid w:val="00A1364A"/>
     <w:rsid w:val="00A153F5"/>
     <w:rsid w:val="00A4565F"/>
     <w:rsid w:val="00A52D0C"/>
     <w:rsid w:val="00A61D9D"/>
     <w:rsid w:val="00A63083"/>
     <w:rsid w:val="00A904D6"/>
     <w:rsid w:val="00A91963"/>
     <w:rsid w:val="00AA15DB"/>
     <w:rsid w:val="00AB2782"/>
     <w:rsid w:val="00AD12B0"/>
     <w:rsid w:val="00AF09A6"/>
+    <w:rsid w:val="00B129F9"/>
     <w:rsid w:val="00B16CA4"/>
     <w:rsid w:val="00B21C32"/>
     <w:rsid w:val="00B248BF"/>
     <w:rsid w:val="00B41CD1"/>
     <w:rsid w:val="00B64C46"/>
     <w:rsid w:val="00B70E68"/>
     <w:rsid w:val="00B87CB0"/>
     <w:rsid w:val="00BC1A77"/>
     <w:rsid w:val="00BD0E72"/>
     <w:rsid w:val="00BF3486"/>
     <w:rsid w:val="00C20933"/>
     <w:rsid w:val="00C345C4"/>
     <w:rsid w:val="00C345E6"/>
     <w:rsid w:val="00C4042A"/>
     <w:rsid w:val="00C4234E"/>
     <w:rsid w:val="00C43E96"/>
     <w:rsid w:val="00C70AEC"/>
     <w:rsid w:val="00C820D0"/>
     <w:rsid w:val="00C84B84"/>
     <w:rsid w:val="00C877E3"/>
+    <w:rsid w:val="00CA4AE9"/>
     <w:rsid w:val="00CB164B"/>
     <w:rsid w:val="00CC182A"/>
     <w:rsid w:val="00CC49B2"/>
     <w:rsid w:val="00CD5C9F"/>
     <w:rsid w:val="00D17D4A"/>
     <w:rsid w:val="00D33053"/>
     <w:rsid w:val="00D942E7"/>
     <w:rsid w:val="00DA0391"/>
     <w:rsid w:val="00DD3892"/>
     <w:rsid w:val="00DD5A24"/>
     <w:rsid w:val="00DE5E7C"/>
     <w:rsid w:val="00DE6448"/>
+    <w:rsid w:val="00E11B08"/>
     <w:rsid w:val="00E12C13"/>
     <w:rsid w:val="00E35DD4"/>
     <w:rsid w:val="00E37BC9"/>
     <w:rsid w:val="00E627AD"/>
     <w:rsid w:val="00E76B4F"/>
     <w:rsid w:val="00E862A3"/>
     <w:rsid w:val="00E9580E"/>
     <w:rsid w:val="00EB25FC"/>
     <w:rsid w:val="00EB4A11"/>
     <w:rsid w:val="00ED2931"/>
+    <w:rsid w:val="00ED7D49"/>
     <w:rsid w:val="00F06E55"/>
     <w:rsid w:val="00F1042A"/>
     <w:rsid w:val="00F11D39"/>
     <w:rsid w:val="00F13BF8"/>
     <w:rsid w:val="00F40CD7"/>
     <w:rsid w:val="00F502F6"/>
     <w:rsid w:val="00F53040"/>
     <w:rsid w:val="00F54EAE"/>
     <w:rsid w:val="00F84DF0"/>
+    <w:rsid w:val="00F84E9D"/>
     <w:rsid w:val="00FB283C"/>
     <w:rsid w:val="00FE623C"/>
     <w:rsid w:val="00FE694C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -4971,85 +4998,85 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7B58AE9-824C-4628-AD38-9EE789AC204D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{678D8808-66FB-46E6-A3EA-0B335D038318}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1309</Words>
-  <Characters>7464</Characters>
+  <Words>1310</Words>
+  <Characters>7471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ООО "Луганское энергетическое объединение"</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8756</CharactersWithSpaces>
+  <CharactersWithSpaces>8764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Показания</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>